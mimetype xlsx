--- v0 (2025-10-19)
+++ v1 (2026-03-15)
@@ -1,161 +1,162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\ARS-Bretagne-DA-Financement\Campagne_Budgetaire\Champ_MS\Dossiers_communs\ESMS en difficulté\PPT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{65C96FDB-0056-4E45-8A4B-E7D7E0F9E656}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D26C1588-94B2-4A19-B9BC-43ABFB2F38E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PTP" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="Mesures">'[1]Base mesures'!$A$4:$A$798</definedName>
     <definedName name="Mois_délégation">'[1]Base mesures'!$M$801:$M$812</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="O43" i="1" l="1"/>
+  <c r="D43" i="1"/>
+  <c r="E43" i="1"/>
+  <c r="F43" i="1"/>
+  <c r="G43" i="1"/>
+  <c r="H43" i="1"/>
+  <c r="I43" i="1"/>
+  <c r="J43" i="1"/>
+  <c r="K43" i="1"/>
+  <c r="L43" i="1"/>
+  <c r="M43" i="1"/>
+  <c r="N43" i="1"/>
+  <c r="C43" i="1"/>
+  <c r="O71" i="1"/>
+  <c r="N71" i="1"/>
+  <c r="M71" i="1"/>
+  <c r="L71" i="1"/>
+  <c r="K71" i="1"/>
+  <c r="J71" i="1"/>
+  <c r="I71" i="1"/>
+  <c r="H71" i="1"/>
+  <c r="G71" i="1"/>
+  <c r="F71" i="1"/>
+  <c r="E71" i="1"/>
+  <c r="D71" i="1"/>
+  <c r="C71" i="1"/>
   <c r="O72" i="1" l="1"/>
-  <c r="N72" i="1"/>
+  <c r="G72" i="1" l="1"/>
+  <c r="L72" i="1"/>
+  <c r="J72" i="1"/>
+  <c r="F72" i="1"/>
+  <c r="I72" i="1"/>
+  <c r="K72" i="1"/>
   <c r="M72" i="1"/>
-  <c r="L72" i="1"/>
-[...2 lines deleted...]
-  <c r="I72" i="1"/>
   <c r="H72" i="1"/>
-  <c r="G72" i="1"/>
-  <c r="F72" i="1"/>
+  <c r="N72" i="1" l="1"/>
+  <c r="D72" i="1" l="1"/>
+  <c r="C72" i="1"/>
   <c r="E72" i="1"/>
-  <c r="D72" i="1"/>
-[...27 lines deleted...]
-  <c r="C79" i="1" l="1"/>
+  <c r="C78" i="1" l="1"/>
   <c r="D5" i="1" s="1"/>
-  <c r="D79" i="1" s="1"/>
+  <c r="D78" i="1" s="1"/>
   <c r="E5" i="1" s="1"/>
-  <c r="E79" i="1" s="1"/>
+  <c r="E78" i="1" s="1"/>
   <c r="F5" i="1" s="1"/>
-  <c r="F79" i="1" s="1"/>
+  <c r="F78" i="1" s="1"/>
   <c r="G5" i="1" s="1"/>
-  <c r="G79" i="1" l="1"/>
+  <c r="G78" i="1" l="1"/>
   <c r="H5" i="1" s="1"/>
-  <c r="H79" i="1" l="1"/>
+  <c r="H78" i="1" l="1"/>
   <c r="I5" i="1" l="1"/>
-  <c r="I79" i="1" s="1"/>
+  <c r="I78" i="1" s="1"/>
   <c r="J5" i="1" s="1"/>
-  <c r="J79" i="1" s="1"/>
+  <c r="J78" i="1" s="1"/>
   <c r="K5" i="1" s="1"/>
-  <c r="K79" i="1" s="1"/>
+  <c r="K78" i="1" s="1"/>
   <c r="L5" i="1" s="1"/>
-  <c r="L79" i="1" s="1"/>
+  <c r="L78" i="1" s="1"/>
   <c r="M5" i="1" s="1"/>
-  <c r="M79" i="1" s="1"/>
+  <c r="M78" i="1" s="1"/>
   <c r="N5" i="1" s="1"/>
-  <c r="N79" i="1" s="1"/>
+  <c r="N78" i="1" s="1"/>
   <c r="O5" i="1" s="1"/>
-  <c r="O79" i="1" s="1"/>
+  <c r="O78" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="93">
   <si>
     <t>LIBELLE                                                                                                        PERIODE</t>
   </si>
   <si>
     <t>1°) Recettes du cycle d'exploitation</t>
   </si>
   <si>
     <t>2°) Apports en capital</t>
   </si>
   <si>
     <t>Subventions d'investissement</t>
   </si>
   <si>
     <t>Cessions d'actifs</t>
   </si>
   <si>
     <t>Autres</t>
   </si>
   <si>
     <t>3°) Emprunts et dettes assimilées (long terme)</t>
   </si>
   <si>
     <t>Emprunt bancaire</t>
   </si>
   <si>
@@ -435,78 +436,78 @@
   <si>
     <t>mars réel</t>
   </si>
   <si>
     <t>avril réel</t>
   </si>
   <si>
     <t>mai réel</t>
   </si>
   <si>
     <t>6311 ; 633</t>
   </si>
   <si>
     <t>164 et 161</t>
   </si>
   <si>
     <t>GI : 60 ; 61 ; 62 ; GIII : 61 ; 62 ; 63 ; 65 (hors 654)</t>
   </si>
   <si>
     <t>645 ; 647 ; 648</t>
   </si>
   <si>
     <t>N° de comptes</t>
   </si>
   <si>
-    <t>Dotation soins EHPAD / Forfait global relatif aux soins</t>
-[...4 lines deleted...]
-  <si>
     <t>*</t>
   </si>
   <si>
     <t>pour les EHPAD situés dans les départements expérimentateurs de la fusion sections dépendance et soin</t>
   </si>
   <si>
     <t>Portage repas, Repas extérieur, Repas personnel…</t>
   </si>
   <si>
     <t>Rémunérations du personnel  = rémunérations brutes = nets à payer + cotisations salariales</t>
   </si>
   <si>
-    <t>641 ; 642</t>
-[...1 lines deleted...]
-  <si>
     <t>Personnel extérieur dont Intérim</t>
   </si>
   <si>
     <t>Remboursements sur rémiunérations du personnel non médical</t>
   </si>
   <si>
     <t>Autres produits de gestion courante</t>
+  </si>
+  <si>
+    <t>515/45</t>
+  </si>
+  <si>
+    <t>641 ;642</t>
+  </si>
+  <si>
+    <t>Dotation soins EHPAD / Forfait global relatif aux soins et à l'autonomie*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ [$€-40C]_-;\-* #,##0.00\ [$€-40C]_-;_-* &quot;-&quot;??\ [$€-40C]_-;_-@_-"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -906,51 +907,51 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1114,50 +1115,56 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Monétaire" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5496,72 +5503,74 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P86"/>
+  <dimension ref="A1:P85"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="63.140625" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="13" width="13.5703125" customWidth="1"/>
     <col min="14" max="14" width="13.140625" customWidth="1"/>
     <col min="15" max="15" width="14.140625" customWidth="1"/>
     <col min="16" max="16" width="22.85546875" style="55" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B1" s="24" t="s">
+      <c r="A1" s="79" t="s">
         <v>69</v>
       </c>
+      <c r="B1" s="24"/>
       <c r="C1" s="76" t="s">
         <v>36</v>
       </c>
       <c r="D1" s="76"/>
       <c r="E1" s="26"/>
       <c r="F1" s="77" t="s">
         <v>37</v>
       </c>
       <c r="G1" s="77"/>
       <c r="H1" s="71" t="s">
         <v>36</v>
       </c>
       <c r="I1" s="71"/>
       <c r="J1" s="71"/>
       <c r="K1" s="71"/>
       <c r="L1" s="27"/>
       <c r="M1" s="24" t="s">
         <v>70</v>
       </c>
       <c r="N1" s="71" t="s">
         <v>36</v>
       </c>
       <c r="O1" s="71"/>
     </row>
     <row r="2" spans="1:16" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
@@ -5601,138 +5610,138 @@
         <v>33</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>34</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>26</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="P3" s="54" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="73"/>
       <c r="B4" s="75"/>
       <c r="C4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="H4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="L4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="M4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="N4" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="O4" s="8">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="P4" s="56"/>
     </row>
     <row r="5" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="66">
-        <v>515</v>
+      <c r="A5" s="66" t="s">
+        <v>90</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="32" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="17">
-        <f>C79</f>
+        <f>C78</f>
         <v>0</v>
       </c>
       <c r="E5" s="17">
-        <f t="shared" ref="E5:F5" si="0">D79</f>
+        <f t="shared" ref="E5:F5" si="0">D78</f>
         <v>0</v>
       </c>
       <c r="F5" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G5" s="17">
-        <f t="shared" ref="G5:L5" si="1">F79</f>
+        <f t="shared" ref="G5:L5" si="1">F78</f>
         <v>0</v>
       </c>
       <c r="H5" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I5" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J5" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K5" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L5" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M5" s="17">
-        <f t="shared" ref="M5:O5" si="2">L79</f>
+        <f t="shared" ref="M5:O5" si="2">L78</f>
         <v>0</v>
       </c>
       <c r="N5" s="17">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O5" s="17">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="P5" s="57"/>
     </row>
     <row r="6" spans="1:16" s="35" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="40"/>
       <c r="B6" s="40" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="46"/>
       <c r="D6" s="34"/>
       <c r="E6" s="34"/>
       <c r="F6" s="34"/>
       <c r="G6" s="34"/>
       <c r="H6" s="34"/>
       <c r="I6" s="34"/>
       <c r="J6" s="34"/>
@@ -5783,1734 +5792,1716 @@
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="62">
         <v>7351</v>
       </c>
       <c r="B9" s="62" t="s">
         <v>72</v>
       </c>
       <c r="C9" s="38"/>
       <c r="D9" s="31"/>
       <c r="E9" s="31"/>
       <c r="F9" s="31"/>
       <c r="G9" s="31"/>
       <c r="H9" s="31"/>
       <c r="I9" s="31"/>
       <c r="J9" s="31"/>
       <c r="K9" s="31"/>
       <c r="L9" s="31"/>
       <c r="M9" s="31"/>
       <c r="N9" s="31"/>
       <c r="O9" s="31"/>
       <c r="P9" s="31"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="61"/>
       <c r="B10" s="61" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="C10" s="37"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="14"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="14"/>
       <c r="L10" s="14"/>
       <c r="M10" s="14"/>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
       <c r="P10" s="14"/>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="61"/>
       <c r="B11" s="61" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="C11" s="37"/>
       <c r="D11" s="14"/>
       <c r="E11" s="14"/>
       <c r="F11" s="14"/>
       <c r="G11" s="14"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="14"/>
       <c r="L11" s="14"/>
       <c r="M11" s="14"/>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
       <c r="P11" s="14"/>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="61"/>
       <c r="B12" s="61" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C12" s="37"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
       <c r="P12" s="14"/>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A13" s="61"/>
-[...16 lines deleted...]
-      <c r="P13" s="14"/>
+      <c r="A13" s="62">
+        <v>732</v>
+      </c>
+      <c r="B13" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="59"/>
+      <c r="D13" s="60"/>
+      <c r="E13" s="60"/>
+      <c r="F13" s="60"/>
+      <c r="G13" s="60"/>
+      <c r="H13" s="60"/>
+      <c r="I13" s="60"/>
+      <c r="J13" s="60"/>
+      <c r="K13" s="60"/>
+      <c r="L13" s="60"/>
+      <c r="M13" s="60"/>
+      <c r="N13" s="60"/>
+      <c r="O13" s="60"/>
+      <c r="P13" s="60"/>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" s="62">
-        <v>732</v>
+        <v>7352</v>
       </c>
       <c r="B14" s="62" t="s">
-        <v>56</v>
-[...14 lines deleted...]
-      <c r="P14" s="60"/>
+        <v>65</v>
+      </c>
+      <c r="C14" s="36"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="13"/>
+      <c r="G14" s="13"/>
+      <c r="H14" s="13"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="13"/>
+      <c r="L14" s="13"/>
+      <c r="M14" s="13"/>
+      <c r="N14" s="13"/>
+      <c r="O14" s="13"/>
+      <c r="P14" s="13"/>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A15" s="62">
-[...18 lines deleted...]
-      <c r="P15" s="13"/>
+      <c r="A15" s="61"/>
+      <c r="B15" s="61" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="37"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="14"/>
+      <c r="G15" s="14"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="14"/>
+      <c r="L15" s="14"/>
+      <c r="M15" s="14"/>
+      <c r="N15" s="14"/>
+      <c r="O15" s="14"/>
+      <c r="P15" s="60"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="61"/>
       <c r="B16" s="61" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C16" s="37"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="60"/>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="61"/>
       <c r="B17" s="61" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C17" s="37"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="60"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" s="61"/>
       <c r="B18" s="61" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C18" s="37"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="60"/>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" s="61"/>
       <c r="B19" s="61" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C19" s="37"/>
       <c r="D19" s="14"/>
       <c r="E19" s="14"/>
       <c r="F19" s="14"/>
       <c r="G19" s="14"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="14"/>
       <c r="L19" s="14"/>
       <c r="M19" s="14"/>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
       <c r="P19" s="60"/>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A20" s="61"/>
-[...1 lines deleted...]
-        <v>68</v>
+      <c r="A20" s="62">
+        <v>7353</v>
+      </c>
+      <c r="B20" s="62" t="s">
+        <v>62</v>
       </c>
       <c r="C20" s="37"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
-      <c r="P20" s="60"/>
+      <c r="P20" s="14"/>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A21" s="62">
-[...22 lines deleted...]
-      <c r="B22" s="42"/>
+      <c r="A21" s="42"/>
+      <c r="B21" s="42"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="31"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="31"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="31"/>
+      <c r="K21" s="31"/>
+      <c r="L21" s="31"/>
+      <c r="M21" s="31"/>
+      <c r="N21" s="31"/>
+      <c r="O21" s="31"/>
+      <c r="P21" s="31"/>
+    </row>
+    <row r="22" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="58"/>
+      <c r="B22" s="58" t="s">
+        <v>57</v>
+      </c>
       <c r="C22" s="38"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="31"/>
       <c r="M22" s="31"/>
       <c r="N22" s="31"/>
       <c r="O22" s="31"/>
       <c r="P22" s="31"/>
     </row>
-    <row r="23" spans="1:16" ht="30" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="P23" s="31"/>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A23" s="42">
+        <v>74</v>
+      </c>
+      <c r="B23" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="37"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="14"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="14"/>
+      <c r="L23" s="14"/>
+      <c r="M23" s="14"/>
+      <c r="N23" s="14"/>
+      <c r="O23" s="14"/>
+      <c r="P23" s="14"/>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" s="42">
-        <v>74</v>
+        <v>6419</v>
       </c>
       <c r="B24" s="42" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="C24" s="37"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" s="42">
-        <v>6419</v>
+        <v>75</v>
       </c>
       <c r="B25" s="42" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" s="42">
-        <v>75</v>
+        <v>708</v>
       </c>
       <c r="B26" s="42" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="C26" s="37"/>
       <c r="D26" s="14"/>
       <c r="E26" s="14"/>
       <c r="F26" s="14"/>
       <c r="G26" s="14"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="14"/>
       <c r="L26" s="14"/>
       <c r="M26" s="14"/>
       <c r="N26" s="14"/>
       <c r="O26" s="14"/>
       <c r="P26" s="14"/>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A27" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="A27" s="42"/>
       <c r="B27" s="42" t="s">
-        <v>87</v>
-[...14 lines deleted...]
-      <c r="P27" s="14"/>
+        <v>40</v>
+      </c>
+      <c r="C27" s="38"/>
+      <c r="D27" s="31"/>
+      <c r="E27" s="31"/>
+      <c r="F27" s="31"/>
+      <c r="G27" s="31"/>
+      <c r="H27" s="31"/>
+      <c r="I27" s="31"/>
+      <c r="J27" s="31"/>
+      <c r="K27" s="31"/>
+      <c r="L27" s="31"/>
+      <c r="M27" s="31"/>
+      <c r="N27" s="31"/>
+      <c r="O27" s="31"/>
+      <c r="P27" s="31"/>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" s="42"/>
       <c r="B28" s="42" t="s">
-        <v>40</v>
-[...14 lines deleted...]
-      <c r="P28" s="31"/>
+        <v>42</v>
+      </c>
+      <c r="C28" s="37"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="14"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="14"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="14"/>
+      <c r="K28" s="14"/>
+      <c r="L28" s="14"/>
+      <c r="M28" s="14"/>
+      <c r="N28" s="14"/>
+      <c r="O28" s="14"/>
+      <c r="P28" s="14"/>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" s="42"/>
       <c r="B29" s="42" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="37"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" s="42"/>
-      <c r="B30" s="42" t="s">
-[...15 lines deleted...]
-      <c r="P30" s="14"/>
+      <c r="B30" s="42"/>
+      <c r="C30" s="36"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="13"/>
+      <c r="F30" s="13"/>
+      <c r="G30" s="13"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="13"/>
+      <c r="M30" s="13"/>
+      <c r="N30" s="13"/>
+      <c r="O30" s="13"/>
+      <c r="P30" s="13"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A31" s="42"/>
-      <c r="B31" s="42"/>
+      <c r="A31" s="43"/>
+      <c r="B31" s="43" t="s">
+        <v>2</v>
+      </c>
       <c r="C31" s="36"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="13"/>
       <c r="G31" s="13"/>
       <c r="H31" s="13"/>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="13"/>
       <c r="L31" s="13"/>
       <c r="M31" s="13"/>
       <c r="N31" s="13"/>
       <c r="O31" s="13"/>
       <c r="P31" s="13"/>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A32" s="43"/>
-[...16 lines deleted...]
-      <c r="P32" s="13"/>
+      <c r="A32" s="42">
+        <v>13</v>
+      </c>
+      <c r="B32" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="C32" s="37"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="14"/>
+      <c r="F32" s="14"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="14"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="14"/>
+      <c r="L32" s="14"/>
+      <c r="M32" s="14"/>
+      <c r="N32" s="14"/>
+      <c r="O32" s="14"/>
+      <c r="P32" s="14"/>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" s="42">
-        <v>13</v>
+        <v>775</v>
       </c>
       <c r="B33" s="42" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C33" s="37"/>
       <c r="D33" s="14"/>
       <c r="E33" s="14"/>
       <c r="F33" s="14"/>
       <c r="G33" s="14"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="14"/>
       <c r="L33" s="14"/>
       <c r="M33" s="14"/>
       <c r="N33" s="14"/>
       <c r="O33" s="14"/>
       <c r="P33" s="14"/>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A34" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="A34" s="42"/>
       <c r="B34" s="42" t="s">
-        <v>4</v>
-[...14 lines deleted...]
-      <c r="P34" s="14"/>
+        <v>43</v>
+      </c>
+      <c r="C34" s="38"/>
+      <c r="D34" s="31"/>
+      <c r="E34" s="31"/>
+      <c r="F34" s="31"/>
+      <c r="G34" s="31"/>
+      <c r="H34" s="31"/>
+      <c r="I34" s="31"/>
+      <c r="J34" s="31"/>
+      <c r="K34" s="31"/>
+      <c r="L34" s="31"/>
+      <c r="M34" s="31"/>
+      <c r="N34" s="31"/>
+      <c r="O34" s="31"/>
+      <c r="P34" s="31"/>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" s="42"/>
       <c r="B35" s="42" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-      <c r="P35" s="31"/>
+        <v>42</v>
+      </c>
+      <c r="C35" s="37"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="14"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="14"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="14"/>
+      <c r="L35" s="14"/>
+      <c r="M35" s="14"/>
+      <c r="N35" s="14"/>
+      <c r="O35" s="14"/>
+      <c r="P35" s="14"/>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" s="42"/>
-      <c r="B36" s="42" t="s">
-[...15 lines deleted...]
-      <c r="P36" s="14"/>
+      <c r="B36" s="42"/>
+      <c r="C36" s="36"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+      <c r="N36" s="13"/>
+      <c r="O36" s="13"/>
+      <c r="P36" s="13"/>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A37" s="42"/>
-      <c r="B37" s="42"/>
+      <c r="A37" s="43"/>
+      <c r="B37" s="43" t="s">
+        <v>6</v>
+      </c>
       <c r="C37" s="36"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="13"/>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="13"/>
       <c r="L37" s="13"/>
       <c r="M37" s="13"/>
       <c r="N37" s="13"/>
       <c r="O37" s="13"/>
       <c r="P37" s="13"/>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A38" s="43"/>
-[...16 lines deleted...]
-      <c r="P38" s="13"/>
+      <c r="A38" s="42">
+        <v>164</v>
+      </c>
+      <c r="B38" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="37"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="14"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="14"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="14"/>
+      <c r="K38" s="14"/>
+      <c r="L38" s="14"/>
+      <c r="M38" s="14"/>
+      <c r="N38" s="14"/>
+      <c r="O38" s="14"/>
+      <c r="P38" s="14"/>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" s="42">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B39" s="42" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C39" s="37"/>
       <c r="D39" s="14"/>
       <c r="E39" s="14"/>
       <c r="F39" s="14"/>
       <c r="G39" s="14"/>
       <c r="H39" s="14"/>
       <c r="I39" s="14"/>
       <c r="J39" s="14"/>
       <c r="K39" s="14"/>
       <c r="L39" s="14"/>
       <c r="M39" s="14"/>
       <c r="N39" s="14"/>
       <c r="O39" s="14"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" s="42">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B40" s="42" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="14"/>
       <c r="E40" s="14"/>
       <c r="F40" s="14"/>
       <c r="G40" s="14"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="14"/>
       <c r="L40" s="14"/>
       <c r="M40" s="14"/>
       <c r="N40" s="14"/>
       <c r="O40" s="14"/>
       <c r="P40" s="14"/>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A41" s="42">
-[...40 lines deleted...]
-      <c r="B43" s="44" t="s">
+      <c r="A41" s="42"/>
+      <c r="B41" s="42"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="13"/>
+      <c r="K41" s="13"/>
+      <c r="L41" s="13"/>
+      <c r="M41" s="13"/>
+      <c r="N41" s="13"/>
+      <c r="O41" s="13"/>
+      <c r="P41" s="13"/>
+    </row>
+    <row r="42" spans="1:16" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="44"/>
+      <c r="B42" s="44" t="s">
         <v>9</v>
       </c>
-      <c r="C43" s="39"/>
-[...16 lines deleted...]
-      <c r="B44" s="3" t="s">
+      <c r="C42" s="39"/>
+      <c r="D42" s="15"/>
+      <c r="E42" s="15"/>
+      <c r="F42" s="15"/>
+      <c r="G42" s="15"/>
+      <c r="H42" s="15"/>
+      <c r="I42" s="15"/>
+      <c r="J42" s="15"/>
+      <c r="K42" s="15"/>
+      <c r="L42" s="15"/>
+      <c r="M42" s="15"/>
+      <c r="N42" s="15"/>
+      <c r="O42" s="15"/>
+      <c r="P42" s="15"/>
+    </row>
+    <row r="43" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="3"/>
+      <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C44" s="16">
-        <f>C10+C12+C13+C14+C16+C17+C18+C19+C20+C21+C24+C29+C30+C33+C34+C36+C39+C40+C41+C43+C25+C26+C27+C11</f>
+      <c r="C43" s="16">
+        <f>C10+C11+C12+C13+C15+C16+C17+C18+C19+C20+C23+C28+C29+C32+C33+C35+C38+C39+C40+C42+C24+C25+C26</f>
         <v>0</v>
       </c>
-      <c r="D44" s="16">
-        <f>D10+D12+D13+D14+D16+D17+D18+D19+D20+D21+D24+D29+D30+D33+D34+D36+D39+D40+D41+D43+D25+D26+D27+D11</f>
+      <c r="D43" s="16">
+        <f t="shared" ref="D43:N43" si="3">D10+D11+D12+D13+D15+D16+D17+D18+D19+D20+D23+D28+D29+D32+D33+D35+D38+D39+D40+D42+D24+D25+D26</f>
         <v>0</v>
       </c>
-      <c r="E44" s="16">
-        <f>E10+E12+E13+E14+E16+E17+E18+E19+E20+E21+E24+E29+E30+E33+E34+E36+E39+E40+E41+E43+E11+E25+E26+E27</f>
+      <c r="E43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F44" s="16">
-        <f>F10+F12+F13+F14+F16+F17+F18+F19+F20+F21+F24+F29+F30+F33+F34+F36+F39+F40+F41+F43+F11+F25+F26+F27</f>
+      <c r="F43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="G44" s="16">
-        <f>G10+G12+G13+G14+G16+G17+G18+G19+G20+G21+G24+G29+G30+G33+G34+G36+G39+G40+G41+G43+G11+G25+G26+G27</f>
+      <c r="G43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="H44" s="16">
-        <f>H10+H12+H13+H14+H16+H17+H18+H19+H20+H21+H24+H29+H30+H33+H34+H36+H39+H40+H41+H43+H11+H25+H26+H27</f>
+      <c r="H43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="I44" s="16">
-        <f>I10+I12+I13+I14+I16+I17+I18+I19+I20+I21+I24+I29+I30+I33+I34+I36+I39+I40+I41+I43+I11+I25+I26+I27</f>
+      <c r="I43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J44" s="16">
-        <f>J10+J12+J13+J14+J16+J17+J18+J19+J20+J21+J24+J29+J30+J33+J34+J36+J39+J40+J41+J43+J11+J25+J26+J27</f>
+      <c r="J43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K44" s="16">
-        <f>K10+K12+K13+K14+K16+K17+K18+K19+K20+K21+K24+K29+K30+K33+K34+K36+K39+K40+K41+K43+K11+K25+K26+K27</f>
+      <c r="K43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="L44" s="16">
-        <f>L10+L12+L13+L14+L16+L17+L18+L19+L20+L21+L24+L29+L30+L33+L34+L36+L39+L40+L41+L43+L25+L26+L27+L11</f>
+      <c r="L43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M44" s="16">
-        <f>M10+M12+M13+M14+M16+M17+M18+M19+M20+M21+M24+M29+M30+M33+M34+M36+M39+M40+M41+M43+M25+M26+M27+M11</f>
+      <c r="M43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="N44" s="16">
-        <f>N10+N12+N13+N14+N16+N17+N18+N19+N20+N21+N24+N29+N30+N33+N34+N36+N39+N40+N41+N43+N11+N25+N26+N27</f>
+      <c r="N43" s="16">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O44" s="16">
-        <f>O10+O12+O13+O14+O16+O17+O18+O19+O20+O21+O24+O29+O30+O33+O34+O36+O39+O40+O41+O43+O11+O25+O26+O27</f>
+      <c r="O43" s="16">
+        <f>O10+O11+O12+O13+O15+O16+O17+O18+O19+O20+O23+O28+O29+O32+O33+O35+O38+O39+O40+O42+O24+O25+O26</f>
         <v>0</v>
       </c>
-      <c r="P44" s="16"/>
-[...3 lines deleted...]
-      <c r="B45" s="47" t="s">
+      <c r="P43" s="16"/>
+    </row>
+    <row r="44" spans="1:16" s="49" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="47"/>
+      <c r="B44" s="47" t="s">
         <v>45</v>
       </c>
-      <c r="C45" s="48"/>
-[...14 lines deleted...]
-    <row r="46" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="C44" s="48"/>
+      <c r="D44" s="48"/>
+      <c r="E44" s="48"/>
+      <c r="F44" s="48"/>
+      <c r="G44" s="48"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="48"/>
+      <c r="K44" s="48"/>
+      <c r="L44" s="48"/>
+      <c r="M44" s="48"/>
+      <c r="N44" s="48"/>
+      <c r="O44" s="48"/>
+      <c r="P44" s="48"/>
+    </row>
+    <row r="45" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C45" s="10"/>
+      <c r="D45" s="10"/>
+      <c r="E45" s="10"/>
+      <c r="F45" s="10"/>
+      <c r="G45" s="10"/>
+      <c r="H45" s="10"/>
+      <c r="I45" s="10"/>
+      <c r="J45" s="10"/>
+      <c r="K45" s="10"/>
+      <c r="L45" s="10"/>
+      <c r="M45" s="10"/>
+      <c r="N45" s="10"/>
+      <c r="O45" s="10"/>
+      <c r="P45" s="10"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="C46" s="10"/>
       <c r="D46" s="10"/>
       <c r="E46" s="10"/>
       <c r="F46" s="10"/>
       <c r="G46" s="10"/>
       <c r="H46" s="10"/>
       <c r="I46" s="10"/>
       <c r="J46" s="10"/>
       <c r="K46" s="10"/>
       <c r="L46" s="10"/>
       <c r="M46" s="10"/>
       <c r="N46" s="10"/>
       <c r="O46" s="10"/>
       <c r="P46" s="10"/>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-        <v>89</v>
+    <row r="47" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="14"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="14"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="14"/>
+      <c r="K47" s="14"/>
+      <c r="L47" s="14"/>
+      <c r="M47" s="14"/>
+      <c r="N47" s="14"/>
+      <c r="O47" s="14"/>
+      <c r="P47" s="14"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A48" s="63" t="s">
+        <v>81</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="C48" s="14"/>
       <c r="D48" s="14"/>
       <c r="E48" s="14"/>
       <c r="F48" s="14"/>
       <c r="G48" s="14"/>
       <c r="H48" s="14"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="14"/>
       <c r="L48" s="14"/>
       <c r="M48" s="14"/>
       <c r="N48" s="14"/>
       <c r="O48" s="14"/>
       <c r="P48" s="14"/>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="63" t="s">
         <v>81</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C49" s="14"/>
       <c r="D49" s="14"/>
       <c r="E49" s="14"/>
       <c r="F49" s="14"/>
       <c r="G49" s="14"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="14"/>
       <c r="L49" s="14"/>
       <c r="M49" s="14"/>
       <c r="N49" s="14"/>
       <c r="O49" s="14"/>
       <c r="P49" s="14"/>
     </row>
-    <row r="50" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="63" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="14"/>
       <c r="L50" s="14"/>
       <c r="M50" s="14"/>
       <c r="N50" s="14"/>
       <c r="O50" s="14"/>
       <c r="P50" s="14"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="63" t="s">
         <v>78</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C51" s="14"/>
       <c r="D51" s="14"/>
       <c r="E51" s="14"/>
       <c r="F51" s="14"/>
       <c r="G51" s="14"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="14"/>
       <c r="L51" s="14"/>
       <c r="M51" s="14"/>
       <c r="N51" s="14"/>
       <c r="O51" s="14"/>
       <c r="P51" s="14"/>
     </row>
-    <row r="52" spans="1:16" ht="30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>78</v>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A52" s="63">
+        <v>621</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="C52" s="14"/>
       <c r="D52" s="14"/>
       <c r="E52" s="14"/>
       <c r="F52" s="14"/>
       <c r="G52" s="14"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
       <c r="J52" s="14"/>
       <c r="K52" s="14"/>
       <c r="L52" s="14"/>
       <c r="M52" s="14"/>
       <c r="N52" s="14"/>
       <c r="O52" s="14"/>
       <c r="P52" s="14"/>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A53" s="63">
-[...22 lines deleted...]
-      <c r="B54" s="1" t="s">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C54" s="31"/>
-[...15 lines deleted...]
-      <c r="A55" s="65" t="s">
+      <c r="C53" s="31"/>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+      <c r="F53" s="31"/>
+      <c r="G53" s="31"/>
+      <c r="H53" s="31"/>
+      <c r="I53" s="31"/>
+      <c r="J53" s="31"/>
+      <c r="K53" s="31"/>
+      <c r="L53" s="31"/>
+      <c r="M53" s="31"/>
+      <c r="N53" s="31"/>
+      <c r="O53" s="31"/>
+      <c r="P53" s="31"/>
+    </row>
+    <row r="54" spans="1:16" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="65" t="s">
         <v>80</v>
       </c>
+      <c r="B54" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="14"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="14"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="14"/>
+      <c r="K54" s="14"/>
+      <c r="L54" s="14"/>
+      <c r="M54" s="14"/>
+      <c r="N54" s="14"/>
+      <c r="O54" s="14"/>
+      <c r="P54" s="14"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A55" s="2"/>
       <c r="B55" s="2" t="s">
-        <v>10</v>
-[...14 lines deleted...]
-      <c r="P55" s="14"/>
+        <v>50</v>
+      </c>
+      <c r="C55" s="31"/>
+      <c r="D55" s="31"/>
+      <c r="E55" s="31"/>
+      <c r="F55" s="31"/>
+      <c r="G55" s="31"/>
+      <c r="H55" s="31"/>
+      <c r="I55" s="31"/>
+      <c r="J55" s="31"/>
+      <c r="K55" s="31"/>
+      <c r="L55" s="31"/>
+      <c r="M55" s="31"/>
+      <c r="N55" s="31"/>
+      <c r="O55" s="31"/>
+      <c r="P55" s="31"/>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="2" t="s">
-        <v>50</v>
-[...14 lines deleted...]
-      <c r="P56" s="31"/>
+        <v>42</v>
+      </c>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="14"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="14"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="14"/>
+      <c r="K56" s="14"/>
+      <c r="L56" s="14"/>
+      <c r="M56" s="14"/>
+      <c r="N56" s="14"/>
+      <c r="O56" s="14"/>
+      <c r="P56" s="14"/>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="14"/>
       <c r="D57" s="14"/>
       <c r="E57" s="14"/>
       <c r="F57" s="14"/>
       <c r="G57" s="14"/>
       <c r="H57" s="14"/>
       <c r="I57" s="14"/>
       <c r="J57" s="14"/>
       <c r="K57" s="14"/>
       <c r="L57" s="14"/>
       <c r="M57" s="14"/>
       <c r="N57" s="14"/>
       <c r="O57" s="14"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A58" s="2"/>
-      <c r="B58" s="2" t="s">
-[...19 lines deleted...]
-      <c r="B59" s="2"/>
+      <c r="B58" s="2"/>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="13"/>
+      <c r="F58" s="13"/>
+      <c r="G58" s="13"/>
+      <c r="H58" s="13"/>
+      <c r="I58" s="13"/>
+      <c r="J58" s="13"/>
+      <c r="K58" s="13"/>
+      <c r="L58" s="13"/>
+      <c r="M58" s="13"/>
+      <c r="N58" s="13"/>
+      <c r="O58" s="13"/>
+      <c r="P58" s="13"/>
+    </row>
+    <row r="59" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="C59" s="13"/>
       <c r="D59" s="13"/>
       <c r="E59" s="13"/>
       <c r="F59" s="13"/>
       <c r="G59" s="13"/>
       <c r="H59" s="13"/>
       <c r="I59" s="13"/>
       <c r="J59" s="13"/>
       <c r="K59" s="13"/>
       <c r="L59" s="13"/>
       <c r="M59" s="13"/>
       <c r="N59" s="13"/>
       <c r="O59" s="13"/>
       <c r="P59" s="13"/>
     </row>
-    <row r="60" spans="1:16" ht="30" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="P60" s="13"/>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A60" s="2">
+        <v>21</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" s="14"/>
+      <c r="D60" s="14"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="14"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="14"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="14"/>
+      <c r="K60" s="14"/>
+      <c r="L60" s="14"/>
+      <c r="M60" s="14"/>
+      <c r="N60" s="14"/>
+      <c r="O60" s="14"/>
+      <c r="P60" s="14"/>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A61" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A61" s="2"/>
       <c r="B61" s="2" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C61" s="14"/>
       <c r="D61" s="14"/>
       <c r="E61" s="14"/>
       <c r="F61" s="14"/>
       <c r="G61" s="14"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="14"/>
       <c r="L61" s="14"/>
       <c r="M61" s="14"/>
       <c r="N61" s="14"/>
       <c r="O61" s="14"/>
       <c r="P61" s="14"/>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" s="2"/>
-      <c r="B62" s="2" t="s">
-[...15 lines deleted...]
-      <c r="P62" s="14"/>
+      <c r="B62" s="2"/>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="13"/>
+      <c r="O62" s="13"/>
+      <c r="P62" s="13"/>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A63" s="2"/>
-      <c r="B63" s="2"/>
+      <c r="A63" s="1"/>
+      <c r="B63" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
       <c r="G63" s="13"/>
       <c r="H63" s="13"/>
       <c r="I63" s="13"/>
       <c r="J63" s="13"/>
       <c r="K63" s="13"/>
       <c r="L63" s="13"/>
       <c r="M63" s="13"/>
       <c r="N63" s="13"/>
       <c r="O63" s="13"/>
       <c r="P63" s="13"/>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A64" s="1"/>
-[...16 lines deleted...]
-      <c r="P64" s="13"/>
+      <c r="A64" s="63" t="s">
+        <v>79</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="14"/>
+      <c r="D64" s="14"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="14"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="14"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="14"/>
+      <c r="K64" s="14"/>
+      <c r="L64" s="14"/>
+      <c r="M64" s="14"/>
+      <c r="N64" s="14"/>
+      <c r="O64" s="14"/>
+      <c r="P64" s="14"/>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A65" s="63" t="s">
-        <v>79</v>
+      <c r="A65" s="2">
+        <v>66</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C65" s="14"/>
       <c r="D65" s="14"/>
       <c r="E65" s="14"/>
       <c r="F65" s="14"/>
       <c r="G65" s="14"/>
       <c r="H65" s="14"/>
       <c r="I65" s="14"/>
       <c r="J65" s="14"/>
       <c r="K65" s="14"/>
       <c r="L65" s="14"/>
       <c r="M65" s="14"/>
       <c r="N65" s="14"/>
       <c r="O65" s="14"/>
       <c r="P65" s="14"/>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A66" s="2">
-        <v>66</v>
+        <v>165</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C66" s="14"/>
       <c r="D66" s="14"/>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
       <c r="G66" s="14"/>
       <c r="H66" s="14"/>
       <c r="I66" s="14"/>
       <c r="J66" s="14"/>
       <c r="K66" s="14"/>
       <c r="L66" s="14"/>
       <c r="M66" s="14"/>
       <c r="N66" s="14"/>
       <c r="O66" s="14"/>
       <c r="P66" s="14"/>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A67" s="2">
-[...18 lines deleted...]
-      <c r="P67" s="14"/>
+      <c r="A67" s="2"/>
+      <c r="B67" s="2"/>
+      <c r="C67" s="31"/>
+      <c r="D67" s="31"/>
+      <c r="E67" s="31"/>
+      <c r="F67" s="31"/>
+      <c r="G67" s="31"/>
+      <c r="H67" s="31"/>
+      <c r="I67" s="31"/>
+      <c r="J67" s="31"/>
+      <c r="K67" s="31"/>
+      <c r="L67" s="31"/>
+      <c r="M67" s="31"/>
+      <c r="N67" s="31"/>
+      <c r="O67" s="31"/>
+      <c r="P67" s="31"/>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A68" s="2"/>
-[...14 lines deleted...]
-      <c r="P68" s="31"/>
+      <c r="A68" s="64">
+        <v>67</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C68" s="14"/>
+      <c r="D68" s="14"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="14"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="14"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="14"/>
+      <c r="K68" s="14"/>
+      <c r="L68" s="14"/>
+      <c r="M68" s="14"/>
+      <c r="N68" s="14"/>
+      <c r="O68" s="14"/>
+      <c r="P68" s="14"/>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A69" s="64">
-[...40 lines deleted...]
-      <c r="B71" s="4" t="s">
+      <c r="A69" s="2"/>
+      <c r="B69" s="2"/>
+      <c r="C69" s="13"/>
+      <c r="D69" s="13"/>
+      <c r="E69" s="13"/>
+      <c r="F69" s="13"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="13"/>
+      <c r="I69" s="13"/>
+      <c r="J69" s="13"/>
+      <c r="K69" s="13"/>
+      <c r="L69" s="13"/>
+      <c r="M69" s="13"/>
+      <c r="N69" s="13"/>
+      <c r="O69" s="13"/>
+      <c r="P69" s="13"/>
+    </row>
+    <row r="70" spans="1:16" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="4"/>
+      <c r="B70" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C71" s="15"/>
-[...16 lines deleted...]
-      <c r="B72" s="52" t="s">
+      <c r="C70" s="15"/>
+      <c r="D70" s="15"/>
+      <c r="E70" s="15"/>
+      <c r="F70" s="15"/>
+      <c r="G70" s="15"/>
+      <c r="H70" s="15"/>
+      <c r="I70" s="15"/>
+      <c r="J70" s="15"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="15"/>
+      <c r="M70" s="15"/>
+      <c r="N70" s="15"/>
+      <c r="O70" s="15"/>
+      <c r="P70" s="15"/>
+    </row>
+    <row r="71" spans="1:16" s="30" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="52"/>
+      <c r="B71" s="52" t="s">
         <v>21</v>
       </c>
-      <c r="C72" s="53">
-        <f>C48+C49+C50+C51+C52+C55+C57+C58+C61+C62+C65+C66+C67+C69+C71+C53</f>
+      <c r="C71" s="53">
+        <f t="shared" ref="C71:O71" si="4">C47+C48+C49+C50+C51+C54+C56+C57+C60+C61+C64+C65+C66+C68+C70+C52</f>
         <v>0</v>
       </c>
-      <c r="D72" s="53">
-[...66 lines deleted...]
-      <c r="F73" s="51">
+      <c r="D71" s="53">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="G73" s="51">
-        <f t="shared" ref="G73:M73" si="5">G44-G72</f>
+      <c r="E71" s="53">
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H73" s="51">
+      <c r="F71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="I71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="J71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="K71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="L71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="M71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="N71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="O71" s="53">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="P71" s="53"/>
+    </row>
+    <row r="72" spans="1:16" s="30" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="50"/>
+      <c r="B72" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="C72" s="51">
+        <f t="shared" ref="C72:D72" si="5">C43-C71</f>
+        <v>0</v>
+      </c>
+      <c r="D72" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="I73" s="51">
-        <f t="shared" si="5"/>
+      <c r="E72" s="51">
+        <f t="shared" ref="E72:F72" si="6">E43-E71</f>
         <v>0</v>
       </c>
-      <c r="J73" s="51">
-[...19 lines deleted...]
-      <c r="O73" s="51">
+      <c r="F72" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="P73" s="51"/>
+      <c r="G72" s="51">
+        <f t="shared" ref="G72:M72" si="7">G43-G71</f>
+        <v>0</v>
+      </c>
+      <c r="H72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="I72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="J72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="L72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="M72" s="51">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="N72" s="51">
+        <f t="shared" ref="N72:O72" si="8">N43-N71</f>
+        <v>0</v>
+      </c>
+      <c r="O72" s="51">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="P72" s="51"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A73" s="68">
+        <v>519</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="12"/>
+      <c r="L73" s="12"/>
+      <c r="M73" s="12"/>
+      <c r="N73" s="12"/>
+      <c r="O73" s="12"/>
+      <c r="P73" s="12"/>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A74" s="68">
-[...18 lines deleted...]
-      <c r="P74" s="12"/>
+      <c r="A74" s="69"/>
+      <c r="B74" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C74" s="11"/>
+      <c r="D74" s="11"/>
+      <c r="E74" s="11"/>
+      <c r="F74" s="11"/>
+      <c r="G74" s="11"/>
+      <c r="H74" s="11"/>
+      <c r="I74" s="11"/>
+      <c r="J74" s="11"/>
+      <c r="K74" s="11"/>
+      <c r="L74" s="11"/>
+      <c r="M74" s="11"/>
+      <c r="N74" s="11"/>
+      <c r="O74" s="11"/>
+      <c r="P74" s="11"/>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" s="69"/>
       <c r="B75" s="6" t="s">
-        <v>60</v>
-[...14 lines deleted...]
-      <c r="P75" s="11"/>
+        <v>17</v>
+      </c>
+      <c r="C75" s="10"/>
+      <c r="D75" s="10"/>
+      <c r="E75" s="10"/>
+      <c r="F75" s="10"/>
+      <c r="G75" s="10"/>
+      <c r="H75" s="10"/>
+      <c r="I75" s="10"/>
+      <c r="J75" s="10"/>
+      <c r="K75" s="10"/>
+      <c r="L75" s="10"/>
+      <c r="M75" s="10"/>
+      <c r="N75" s="10"/>
+      <c r="O75" s="10"/>
+      <c r="P75" s="10"/>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A76" s="69"/>
       <c r="B76" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="10"/>
       <c r="G76" s="10"/>
       <c r="H76" s="10"/>
       <c r="I76" s="10"/>
       <c r="J76" s="10"/>
       <c r="K76" s="10"/>
       <c r="L76" s="10"/>
       <c r="M76" s="10"/>
       <c r="N76" s="10"/>
       <c r="O76" s="10"/>
       <c r="P76" s="10"/>
     </row>
-    <row r="77" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A77" s="69"/>
+    <row r="77" spans="1:16" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="70"/>
       <c r="B77" s="6" t="s">
-        <v>18</v>
-[...18 lines deleted...]
-      <c r="B78" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C78" s="9"/>
-[...16 lines deleted...]
-      <c r="B79" s="28" t="s">
+      <c r="C77" s="9"/>
+      <c r="D77" s="9"/>
+      <c r="E77" s="9"/>
+      <c r="F77" s="9"/>
+      <c r="G77" s="9"/>
+      <c r="H77" s="9"/>
+      <c r="I77" s="9"/>
+      <c r="J77" s="9"/>
+      <c r="K77" s="9"/>
+      <c r="L77" s="9"/>
+      <c r="M77" s="9"/>
+      <c r="N77" s="9"/>
+      <c r="O77" s="9"/>
+      <c r="P77" s="9"/>
+    </row>
+    <row r="78" spans="1:16" s="30" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="78" t="s">
+        <v>90</v>
+      </c>
+      <c r="B78" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="C79" s="29">
-        <f>IF($C$5="à renseigner",0,C5+C73+C76-C77-C78)</f>
+      <c r="C78" s="29">
+        <f>IF($C$5="à renseigner",0,C5+C72+C75-C76-C77)</f>
         <v>0</v>
       </c>
-      <c r="D79" s="29">
-        <f t="shared" ref="D79:O79" si="7">D5+D73</f>
+      <c r="D78" s="29">
+        <f>D5+D72</f>
         <v>0</v>
       </c>
-      <c r="E79" s="29">
-        <f t="shared" si="7"/>
+      <c r="E78" s="29">
+        <f>E5+E72</f>
         <v>0</v>
       </c>
-      <c r="F79" s="29">
-        <f t="shared" si="7"/>
+      <c r="F78" s="29">
+        <f>F5+F72</f>
         <v>0</v>
       </c>
-      <c r="G79" s="29">
-        <f t="shared" si="7"/>
+      <c r="G78" s="29">
+        <f>G5+G72</f>
         <v>0</v>
       </c>
-      <c r="H79" s="29">
-        <f t="shared" si="7"/>
+      <c r="H78" s="29">
+        <f>H5+H72</f>
         <v>0</v>
       </c>
-      <c r="I79" s="29">
-        <f t="shared" si="7"/>
+      <c r="I78" s="29">
+        <f>I5+I72</f>
         <v>0</v>
       </c>
-      <c r="J79" s="29">
-        <f t="shared" si="7"/>
+      <c r="J78" s="29">
+        <f>J5+J72</f>
         <v>0</v>
       </c>
-      <c r="K79" s="29">
-        <f t="shared" si="7"/>
+      <c r="K78" s="29">
+        <f>K5+K72</f>
         <v>0</v>
       </c>
-      <c r="L79" s="29">
-        <f t="shared" si="7"/>
+      <c r="L78" s="29">
+        <f>L5+L72</f>
         <v>0</v>
       </c>
-      <c r="M79" s="29">
-        <f t="shared" si="7"/>
+      <c r="M78" s="29">
+        <f>M5+M72</f>
         <v>0</v>
       </c>
-      <c r="N79" s="29">
-        <f t="shared" si="7"/>
+      <c r="N78" s="29">
+        <f>N5+N72</f>
         <v>0</v>
       </c>
-      <c r="O79" s="29">
-        <f t="shared" si="7"/>
+      <c r="O78" s="29">
+        <f>O5+O72</f>
         <v>0</v>
       </c>
-      <c r="P79" s="29"/>
-[...2 lines deleted...]
-      <c r="P80"/>
+      <c r="P78" s="29"/>
+    </row>
+    <row r="79" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A80" s="18"/>
+      <c r="B80" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C80" s="19"/>
+      <c r="D80" s="19"/>
+      <c r="E80" s="19"/>
+      <c r="F80" s="19"/>
+      <c r="G80" s="19"/>
+      <c r="H80" s="19"/>
+      <c r="I80" s="19"/>
+      <c r="J80" s="19"/>
+      <c r="K80" s="19"/>
+      <c r="L80" s="19"/>
+      <c r="M80" s="19"/>
+      <c r="N80" s="19"/>
+      <c r="O80" s="19"/>
+      <c r="P80" s="19"/>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A81" s="18"/>
-[...16 lines deleted...]
-      <c r="P81" s="19"/>
+      <c r="A81" s="20"/>
+      <c r="B81" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C81" s="21"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="21"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="21"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="21"/>
+      <c r="J81" s="21"/>
+      <c r="K81" s="21"/>
+      <c r="L81" s="21"/>
+      <c r="M81" s="21"/>
+      <c r="N81" s="21"/>
+      <c r="O81" s="21"/>
+      <c r="P81" s="21"/>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" s="20"/>
       <c r="B82" s="20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C82" s="21"/>
       <c r="D82" s="21"/>
       <c r="E82" s="21"/>
       <c r="F82" s="21"/>
       <c r="G82" s="21"/>
       <c r="H82" s="21"/>
       <c r="I82" s="21"/>
       <c r="J82" s="21"/>
       <c r="K82" s="21"/>
       <c r="L82" s="21"/>
       <c r="M82" s="21"/>
       <c r="N82" s="21"/>
       <c r="O82" s="21"/>
       <c r="P82" s="21"/>
     </row>
-    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="B84" s="22" t="s">
+    <row r="83" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="22"/>
+      <c r="B83" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="C84" s="23"/>
-[...19 lines deleted...]
-        <v>86</v>
+      <c r="C83" s="23"/>
+      <c r="D83" s="23"/>
+      <c r="E83" s="23"/>
+      <c r="F83" s="23"/>
+      <c r="G83" s="23"/>
+      <c r="H83" s="23"/>
+      <c r="I83" s="23"/>
+      <c r="J83" s="23"/>
+      <c r="K83" s="23"/>
+      <c r="L83" s="23"/>
+      <c r="M83" s="23"/>
+      <c r="N83" s="23"/>
+      <c r="O83" s="23"/>
+      <c r="P83" s="23"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A85" s="67" t="s">
+        <v>83</v>
+      </c>
+      <c r="B85" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A74:A78"/>
+    <mergeCell ref="A73:A77"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="FINESS ET" prompt="A renseigner" sqref="N1:O1" xr:uid="{F643E111-A5B9-4264-8DC8-7FC2526E958F}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="NOM ESMS" prompt="A renseigner" sqref="H1:K1" xr:uid="{EFF73327-F1B8-49C9-AA17-755DC76E0E9D}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="DATE" prompt="A renseigner" sqref="C1:D1" xr:uid="{D87D7926-F3D6-4E20-B85C-43E33439B856}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="TRESORERIE DEBUT DE PERIODE" prompt="A renseigner" sqref="C5:C6" xr:uid="{A692D688-17CA-4D88-9380-761AEC6618FC}"/>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -7522,25 +7513,54 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PTP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ARS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>*</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-03-13T09:07:46Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>62f0b9f7-c4ef-48d3-9440-31f4aa4ccf39</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>