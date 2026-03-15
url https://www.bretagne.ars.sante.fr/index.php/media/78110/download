--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -1,78 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002F4716" w:rsidRDefault="00450415" w:rsidP="002C6EE0">
+    <w:p w14:paraId="2B7D48AB" w14:textId="77777777" w:rsidR="002F4716" w:rsidRDefault="00450415" w:rsidP="002C6EE0">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="531737FC" wp14:editId="3CCB92EB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-389890</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-313690</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1118235" cy="979805"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20998"/>
                 <wp:lineTo x="21342" y="20998"/>
                 <wp:lineTo x="21342" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name="Image 3" descr="D:\Utilisateurs\brichard\Documents\Administratif\Logos\RF-optimisée-ARS-PAPS.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -108,51 +109,51 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68D00913" wp14:editId="0FF91797">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5638800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-313690</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1051560" cy="607695"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20991"/>
                 <wp:lineTo x="21130" y="20991"/>
                 <wp:lineTo x="21130" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Image 2" descr="D:\Utilisateurs\brichard\Pictures\ARS_LOGOS_bretagne.bmp"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -179,157 +180,193 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1051560" cy="607695"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F4716" w:rsidRDefault="002F4716" w:rsidP="002C6EE0">
+    <w:p w14:paraId="005989FD" w14:textId="77777777" w:rsidR="002F4716" w:rsidRDefault="002F4716" w:rsidP="002C6EE0">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F4716" w:rsidRDefault="002F4716" w:rsidP="002C6EE0">
+    <w:p w14:paraId="060F556D" w14:textId="77777777" w:rsidR="002F4716" w:rsidRDefault="002F4716" w:rsidP="002C6EE0">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA5B98" w:rsidRPr="00CA5B98" w:rsidRDefault="004A5B6D" w:rsidP="00CA5B98">
+    <w:p w14:paraId="154CF804" w14:textId="77777777" w:rsidR="00CA5B98" w:rsidRPr="00CA5B98" w:rsidRDefault="004A5B6D" w:rsidP="00CA5B98">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Cadre juridique relatif aux piscines </w:t>
       </w:r>
       <w:r w:rsidRPr="002F4716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="00CA5B98" w:rsidRDefault="00CA5B98" w:rsidP="00CA5B98">
+    <w:p w14:paraId="44D362E4" w14:textId="3C3EA6CE" w:rsidR="004A5B6D" w:rsidRPr="00CA5B98" w:rsidRDefault="00CA5B98" w:rsidP="00CA5B98">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5B98">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(dern</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CA5B98">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ière mise à jour : 04/06/2021)</w:t>
+        <w:t>dernière</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA5B98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mise à jour : </w:t>
+      </w:r>
+      <w:r w:rsidR="003C66F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/02/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5B98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5710C" w:rsidRPr="002C6EE0" w:rsidRDefault="00B5710C" w:rsidP="002C6EE0">
+    <w:p w14:paraId="7C85A9A4" w14:textId="77777777" w:rsidR="00B5710C" w:rsidRPr="002C6EE0" w:rsidRDefault="00B5710C" w:rsidP="002C6EE0">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="002F4716" w:rsidRDefault="004A5B6D" w:rsidP="00FC5220">
+    <w:p w14:paraId="2EC9F4D0" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="002F4716" w:rsidRDefault="004A5B6D" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
           <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="002F4716">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:caps/>
             <w:color w:val="6BA42C"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
@@ -343,760 +380,466 @@
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. Code de </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PersonName">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="LA SANTE PUBLIQUE"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="002F4716">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:caps/>
             <w:color w:val="6BA42C"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>la santé publique</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="004A5B6D" w:rsidRDefault="004A5B6D" w:rsidP="00FC5220">
+    <w:p w14:paraId="14C18956" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="004A5B6D" w:rsidRDefault="004A5B6D" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="5FBE5D71" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="004B70D7" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="40" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006171063?init=true&amp;page=1&amp;query=L1332-1&amp;searchField=ALL&amp;tab_selection=all&amp;anchor=LEGIARTI000006686630" \l "LEGIARTI000006686630" </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="009474E7" w:rsidRPr="000F1E2D">
+      <w:r w:rsidR="009474E7" w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Art</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009474E7" w:rsidRPr="000F1E2D">
+        <w:t>Articles L. 1332-1 à L. 1332-9 (Piscines et baignades)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2513908B" w14:textId="77777777" w:rsidR="00B5710C" w:rsidRPr="004B70D7" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+      <w:pPr>
+        <w:spacing w:before="30" w:after="180"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009474E7" w:rsidRPr="000F1E2D">
+      </w:pPr>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000031918305?init=true&amp;page=1&amp;query=Article+L.+1337-1+A+&amp;searchField=ALL&amp;tab_selection=all&amp;anchor=LEGIARTI000031918307" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00283B25" w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>cles L. 1332-1 à L. 1332-9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009474E7" w:rsidRPr="000F1E2D">
+        <w:t>Article L. 1337-1 A (Sanctions administratives)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9CEBD3" w14:textId="77777777" w:rsidR="00B5710C" w:rsidRPr="004B70D7" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+      <w:pPr>
+        <w:spacing w:before="30" w:after="180"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (Piscines et baignades)</w:t>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006171064/" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00283B25" w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t>Articles L</w:t>
+      </w:r>
+      <w:r w:rsidR="00341A9B" w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00283B25" w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t>1337-1 à L</w:t>
+      </w:r>
+      <w:r w:rsidR="00341A9B" w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00283B25" w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t>1337-10 (Sanctions pénales)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5710C" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="710FFADB" w14:textId="77777777" w:rsidR="00B5710C" w:rsidRPr="004B70D7" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006178513/" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00283B25" w:rsidRPr="000F1E2D">
+      <w:r w:rsidR="00341A9B" w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00283B25" w:rsidRPr="000F1E2D">
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t>Articles R. 1331-1 à R. 1331-3 (Saisine de l’Anses et Salubrité des immeubles et des agglomérations</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716" w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...23 lines deleted...]
-        <w:t>nctions administratives)</w:t>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5710C" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
-[...13 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4DF90CE0" w14:textId="6DD2E196" w:rsidR="004B70D7" w:rsidRPr="004B70D7" w:rsidRDefault="000F1E2D" w:rsidP="003E7D7C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B70D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...124 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="LEGISCTA000019506535" w:history="1">
+        <w:r w:rsidR="004B70D7" w:rsidRPr="004B70D7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Section 1 : Règles sanitaires applicables aux piscines (Articles D1332-1 à D1332-11-1) - Légifrance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B5710C" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
-[...111 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="76D6BED2" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
-[...1 lines deleted...]
-        <w:spacing w:before="40" w:after="180"/>
+    <w:p w14:paraId="2DEFE859" w14:textId="77777777" w:rsidR="004B70D7" w:rsidRPr="004A5B6D" w:rsidRDefault="004B70D7" w:rsidP="00FC5220">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...105 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
-[...124 lines deleted...]
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="002F4716" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+    <w:p w14:paraId="27638024" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="002F4716" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
           <w:attr w:name="val" w:val="2"/>
           <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="002F4716">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:caps/>
             <w:color w:val="6BA42C"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
@@ -1105,64 +848,64 @@
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="002F4716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004A5B6D" w:rsidRPr="002F4716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Code du sport </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRPr="004A5B6D" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+    <w:p w14:paraId="2F37B6AD" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRPr="004A5B6D" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="0767DD46" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1178,96 +921,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Articles L. 322-7 à L. 322</w:t>
+        <w:t>Articles L. 322-7 à L. 322-9</w:t>
       </w:r>
       <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Dispositions relatives aux baignades et piscines ouvertes au public</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="36A0726A" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1293,96 +1014,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Articles D. 322-1</w:t>
+        <w:t>Articles D. 322-11 à D. 322-18</w:t>
       </w:r>
       <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00344EF7" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Etablissements de natation et d’activités aquatiques</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="445217E3" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1408,96 +1107,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Articles A. 3</w:t>
+        <w:t>Articles A. 322-4 à A. 322-7</w:t>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Obligation de déclaration</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="1C6B2EF7" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1523,96 +1200,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Article A. 32</w:t>
+        <w:t>Article A. 322-18</w:t>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Norme d’hygiène et de sécurité</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
+    <w:p w14:paraId="56F588DB" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00D41E18">
       <w:pPr>
         <w:spacing w:before="30" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1638,96 +1293,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Articl</w:t>
+        <w:t>Articles A. 322-19 à A. 322-41</w:t>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Garanties de techniques et de sécurité</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00FC5220">
+    <w:p w14:paraId="24900C35" w14:textId="77777777" w:rsidR="004A5B6D" w:rsidRPr="000F1E2D" w:rsidRDefault="000F1E2D" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1753,1050 +1386,509 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>Article Annexe</w:t>
+        <w:t>Article Annexe III-7</w:t>
       </w:r>
       <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="003778E6" w:rsidRPr="000F1E2D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Déclaration d’ouverture d’une pisc</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:t>ine ou d’une baignade aménagée)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRDefault="000F1E2D" w:rsidP="00FC5220">
+    <w:p w14:paraId="45310E24" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRDefault="000F1E2D" w:rsidP="00FC5220">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="666666"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+    <w:p w14:paraId="05F86076" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="666666"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRPr="002F4716" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+    <w:p w14:paraId="24993921" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRPr="002F4716" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
           <w:attr w:name="val" w:val="3"/>
           <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="002F4716">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:caps/>
             <w:color w:val="6BA42C"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="002F4716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="6BA42C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>. Autres textes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
+    <w:p w14:paraId="25316B8D" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="00FC5220">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA6EF4" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="00BA6EF4">
-[...1 lines deleted...]
-        <w:spacing w:before="30" w:after="180"/>
+    <w:p w14:paraId="29A44A3A" w14:textId="77777777" w:rsidR="004B70D7" w:rsidRPr="002F4716" w:rsidRDefault="004B70D7" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:before="30" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043535228" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000444630?init=true&amp;page=1&amp;query=Arr%C3%AAt%C3%A9+du+14+septembre+2004+portant+prescription+de+mesures+techniques+et+de+s%C3%A9curit%C3%A9+dans+les+piscines+privatives+%C3%A0+usage+collectif&amp;searchField=ALL&amp;tab_selection=all" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007A0716" w:rsidRPr="002F4716">
+      <w:r w:rsidRPr="002F4716">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Décret n° 2021-656 du 26 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A0716" w:rsidRPr="002F4716">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B70D7">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...31 lines deleted...]
-      </w:r>
+        <w:t>rrêté du 14 septembre 2004 portant prescription de mesures techniques et de sécurité dans les piscines privatives à usage collectif</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B10DFEE" w14:textId="0D8AEC3C" w:rsidR="004B70D7" w:rsidRPr="004B70D7" w:rsidRDefault="004B70D7" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:before="30" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="004B70D7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Arrêté du 19 décembre 2025 relatif aux dispositions techniques applicables aux piscines mentionnées à l'article D. 1332-1 du code de la santé publique - Légifrance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BA6EF4" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="00BA6EF4">
-[...1 lines deleted...]
-        <w:spacing w:before="30" w:after="180"/>
+    <w:p w14:paraId="588B96EC" w14:textId="77777777" w:rsidR="001007D3" w:rsidRPr="004B70D7" w:rsidRDefault="001007D3" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...105 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="004B70D7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Arrêté du 26 mai 2021 relatif au contrôle sanitaire et à la surveillance des eaux de piscine pris en application des articles D. 1332-1 et D. 1332-10 du code de la santé publique - Légifrance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BA6EF4" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="00BA6EF4">
-[...1 lines deleted...]
-        <w:spacing w:before="30" w:after="180"/>
+    <w:p w14:paraId="2C1DD0FD" w14:textId="77777777" w:rsidR="001007D3" w:rsidRPr="004B70D7" w:rsidRDefault="001007D3" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...95 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="004B70D7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Arrêté du 26 mai 2021 relatif aux limites et références de qualité des eaux de piscine pris en application de l'article D. 1332-2 du code de la santé publique - Légifrance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BA6EF4" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="00BA6EF4">
-[...1 lines deleted...]
-        <w:spacing w:before="30" w:after="180"/>
+    <w:p w14:paraId="23AB0F68" w14:textId="3916A0AC" w:rsidR="001007D3" w:rsidRPr="004B70D7" w:rsidRDefault="001007D3" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:before="30" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...97 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="004B70D7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Arrêté du 26 mai 2021 relatif à l'utilisation d'une eau ne provenant pas d'un réseau de distribution d'eau destinée à la consommation humaine pour l'alimentation d'un bassin de piscine, pris en application des articles D. 1332-4 et D. 1332-10 du code de la santé publique - Légifrance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="00D41E18">
-[...1 lines deleted...]
-        <w:spacing w:before="30" w:after="180"/>
+    <w:p w14:paraId="539ED958" w14:textId="77777777" w:rsidR="001007D3" w:rsidRDefault="001007D3" w:rsidP="004B70D7">
+      <w:pPr>
+        <w:spacing w:before="30" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...155 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003737D1" w:rsidRPr="002F4716" w:rsidRDefault="002F4716" w:rsidP="003737D1">
+    <w:p w14:paraId="35DE8240" w14:textId="77777777" w:rsidR="003E7D7C" w:rsidRPr="003737D1" w:rsidRDefault="003E7D7C" w:rsidP="003737D1">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Lienhypertexte"/>
-[...96 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003737D1" w:rsidRPr="003737D1" w:rsidRDefault="002F4716" w:rsidP="003737D1">
+    <w:p w14:paraId="1EFC001C" w14:textId="77777777" w:rsidR="002C6EE0" w:rsidRPr="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="002C6EE0">
       <w:pPr>
         <w:spacing w:before="30"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="dotted" w:sz="2" w:space="0" w:color="CDCDCD" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C6EE0" w:rsidRPr="002C6EE0" w:rsidRDefault="002C6EE0" w:rsidP="002C6EE0">
-[...10 lines deleted...]
-    <w:p w:rsidR="003737D1" w:rsidRPr="0007496D" w:rsidRDefault="003737D1" w:rsidP="0007496D">
+    <w:p w14:paraId="449CEC04" w14:textId="77777777" w:rsidR="003737D1" w:rsidRPr="0007496D" w:rsidRDefault="003737D1" w:rsidP="0007496D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003737D1" w:rsidRPr="0007496D" w:rsidSect="0007496D">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="719" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="119" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
+    <w:p w14:paraId="77969B84" w14:textId="77777777" w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
+    <w:p w14:paraId="0E34CD0A" w14:textId="77777777" w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times LT Std">
-    <w:altName w:val="Times LT Std"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="006B2F43" w:rsidRPr="006B2F43" w:rsidRDefault="00357AA3" w:rsidP="002F4716">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F26B087" w14:textId="77777777" w:rsidR="006B2F43" w:rsidRPr="006B2F43" w:rsidRDefault="00357AA3" w:rsidP="002F4716">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Piscines </w:t>
     </w:r>
     <w:r w:rsidR="002F4716">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">accueillant du public – cadre juridique </w:t>
     </w:r>
     <w:r>
@@ -2844,79 +1936,79 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="006B2F43" w:rsidRPr="006B2F43">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="002F4716">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="006B2F43" w:rsidRDefault="006B2F43">
+  <w:p w14:paraId="2A4EFEF7" w14:textId="77777777" w:rsidR="006B2F43" w:rsidRDefault="006B2F43">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
+    <w:p w14:paraId="4EDE2296" w14:textId="77777777" w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
+    <w:p w14:paraId="7E098EA2" w14:textId="77777777" w:rsidR="001065F9" w:rsidRDefault="001065F9" w:rsidP="006B2F43">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12FE5DA1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47889D0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4959,226 +4051,282 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1867937546">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1294407554">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="894042975">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1148791040">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2036997646">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="469786590">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1860436765">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="694309475">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="724450624">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2073772397">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="637682465">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="824012748">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="77488336">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="888301676">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A5B6D"/>
     <w:rsid w:val="0007496D"/>
     <w:rsid w:val="000F1E2D"/>
+    <w:rsid w:val="001007D3"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="001B5423"/>
     <w:rsid w:val="00283B25"/>
     <w:rsid w:val="002C6EE0"/>
     <w:rsid w:val="002F4716"/>
     <w:rsid w:val="00341A9B"/>
     <w:rsid w:val="00344EF7"/>
     <w:rsid w:val="00357AA3"/>
     <w:rsid w:val="003737D1"/>
     <w:rsid w:val="003778E6"/>
+    <w:rsid w:val="003C66F5"/>
+    <w:rsid w:val="003E7D7C"/>
     <w:rsid w:val="00450415"/>
     <w:rsid w:val="004A5B6D"/>
+    <w:rsid w:val="004B70D7"/>
     <w:rsid w:val="00530FAE"/>
     <w:rsid w:val="00553EA1"/>
+    <w:rsid w:val="005B2DA9"/>
     <w:rsid w:val="00626399"/>
     <w:rsid w:val="006B2F43"/>
     <w:rsid w:val="006F00DC"/>
     <w:rsid w:val="006F5BC6"/>
+    <w:rsid w:val="00704213"/>
     <w:rsid w:val="0073607C"/>
     <w:rsid w:val="007A0716"/>
     <w:rsid w:val="007B1BA3"/>
+    <w:rsid w:val="007D4B0E"/>
     <w:rsid w:val="00870485"/>
     <w:rsid w:val="008C1438"/>
     <w:rsid w:val="009168A1"/>
     <w:rsid w:val="009474E7"/>
     <w:rsid w:val="00984F31"/>
     <w:rsid w:val="00A069A3"/>
     <w:rsid w:val="00B51E78"/>
     <w:rsid w:val="00B54402"/>
     <w:rsid w:val="00B5710C"/>
     <w:rsid w:val="00BA6EF4"/>
     <w:rsid w:val="00BB199D"/>
+    <w:rsid w:val="00BD7B4B"/>
     <w:rsid w:val="00CA5B98"/>
     <w:rsid w:val="00D41E18"/>
     <w:rsid w:val="00D645CE"/>
     <w:rsid w:val="00DD0DD8"/>
     <w:rsid w:val="00E53DEE"/>
     <w:rsid w:val="00E62C8E"/>
     <w:rsid w:val="00F03B6A"/>
     <w:rsid w:val="00F131FA"/>
     <w:rsid w:val="00F7666D"/>
     <w:rsid w:val="00FC5220"/>
     <w:rsid w:val="00FF5447"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:cs:smarttags" w:name="NumConv6p0"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2BFF09AB"/>
+  <w14:docId w14:val="276BC322"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B400AFE8-6375-44C8-835F-1FFB99C79F02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -5350,122 +4498,135 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001007D3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B5710C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003737D1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="004A5B6D"/>
     <w:rPr>
       <w:color w:val="003399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004A5B6D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Accentuation">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004A5B6D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
@@ -5570,52 +4731,52 @@
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="liensartnonresolu">
     <w:name w:val="liensartnonresolu"/>
     <w:rsid w:val="0007496D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003737D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="date">
-    <w:name w:val="date"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Date1">
+    <w:name w:val="Date1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003737D1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
     <w:link w:val="Titre2"/>
     <w:semiHidden/>
     <w:rsid w:val="00B5710C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="007A0716"/>
     <w:rPr>
@@ -5623,55 +4784,79 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="00CA5B98"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:rsid w:val="00CA5B98"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7D7C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="236211213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="477380659">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6336,50 +5521,63 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="2138911568">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="673414962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="873619581">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="57360326">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8168,56 +7366,55 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1938639468">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043535409/2026-02-19" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043535394" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043535364/2026-02-19" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000053158834" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006190970/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8442,75 +7639,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>761</Words>
-  <Characters>4189</Characters>
+  <Words>302</Words>
+  <Characters>4183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>CADRE JURIDIQUE RELATIF AUX PISCINES </vt:lpstr>
+      <vt:lpstr>CADRE JURIDIQUE RELATIF AUX PISCINES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4941</CharactersWithSpaces>
+  <CharactersWithSpaces>4477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="432" baseType="variant">
       <vt:variant>
         <vt:i4>196641</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>213</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000006862986</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>196641</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9787,25 +8984,54 @@
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CADRE JURIDIQUE RELATIF AUX PISCINES</dc:title>
   <dc:subject/>
   <dc:creator>ARSR35F10070622</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-02-19T13:48:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>40f4a6fe-788b-45bc-b312-ed61d32e3fb6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>